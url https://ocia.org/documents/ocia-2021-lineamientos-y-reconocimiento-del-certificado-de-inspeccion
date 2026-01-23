--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -1,128 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="377B4351" w14:textId="61FE7745" w:rsidR="0024079C" w:rsidRPr="004126AB" w:rsidRDefault="00FA09E2" w:rsidP="002615B0">
+    <w:p w14:paraId="377B4351" w14:textId="34956554" w:rsidR="0024079C" w:rsidRPr="004126AB" w:rsidRDefault="00FA09E2" w:rsidP="002615B0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004126AB">
+      <w:r w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve">OCIA </w:t>
       </w:r>
-      <w:r w:rsidR="002615B0" w:rsidRPr="004126AB">
+      <w:r w:rsidR="32C7F38D" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003740B4">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004126AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004126AB" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Certificado de Inspección</w:t>
+        <w:t>Lineamientos y Reconocimiento del Certificado de Inspección</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BFD78E" w14:textId="395D390E" w:rsidR="00D62D3F" w:rsidRPr="0088277C" w:rsidRDefault="0088277C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088277C">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Este documento describe los requisitos para que</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
@@ -481,113 +456,87 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D326F">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Calendario de muestra:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8966" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="1245"/>
         <w:gridCol w:w="1246"/>
-        <w:gridCol w:w="1246"/>
-        <w:gridCol w:w="1268"/>
+        <w:gridCol w:w="1329"/>
         <w:gridCol w:w="1246"/>
         <w:gridCol w:w="1242"/>
-        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="1416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E46BB" w14:paraId="04A26FC3" w14:textId="77777777" w:rsidTr="005D326F">
+      <w:tr w:rsidR="002E46BB" w14:paraId="04A26FC3" w14:textId="77777777" w:rsidTr="003F27DA">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8966" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="44A83913" w14:textId="3424CE35" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
+          <w:p w14:paraId="44A83913" w14:textId="2A97419B" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk79731163"/>
-            <w:r w:rsidRPr="009B67C0">
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E46BB" w14:paraId="21985F49" w14:textId="77777777" w:rsidTr="005D326F">
+      <w:tr w:rsidR="002E46BB" w14:paraId="21985F49" w14:textId="77777777" w:rsidTr="003F27DA">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A647DB" w14:textId="17039EF8" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DOMINGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="141F895C" w14:textId="4A6EC24A" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -603,211 +552,213 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E53803" w14:textId="02468B09" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>MARTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA2774D" w14:textId="7E71F530" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>MIÉRCOLES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC77EE4" w14:textId="7A5E0DA2" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>JUEVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="535BDA54" w14:textId="4CCF25A0" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="00A86F29" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>VIERNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05D398C5" w14:textId="035C0C2D" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B67C0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00A86F29">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ÁBADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E46BB" w14:paraId="003512A8" w14:textId="77777777" w:rsidTr="005D326F">
+      <w:tr w:rsidR="002E46BB" w14:paraId="003512A8" w14:textId="77777777" w:rsidTr="003F27DA">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D8C4351" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38FF656D" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38E2C8C3" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F3CA339" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="044EBF5E" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C101DC9" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7153A167" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3063D026" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E46BB" w14:paraId="5C40E81E" w14:textId="77777777" w:rsidTr="005D326F">
+      <w:tr w:rsidR="002E46BB" w14:paraId="5C40E81E" w14:textId="77777777" w:rsidTr="003F27DA">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F196A23" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D096F8C" w14:textId="395688E0" w:rsidR="002E46BB" w:rsidRPr="00EE308B" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0923DC" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="007E27B2" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E27B2">
@@ -898,198 +849,199 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>Fecha límite para embarques del martes 15</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7272662D" w14:textId="3388D3A2" w:rsidR="00486600" w:rsidRPr="007E27B2" w:rsidRDefault="00486600" w:rsidP="00486600">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29C6B33A" w14:textId="595AC506" w:rsidR="002E46BB" w:rsidRPr="007E27B2" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46D67AAE" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="007E27B2" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E27B2">
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0782E6B1" w14:textId="291628E9" w:rsidR="005B3EBF" w:rsidRPr="005D326F" w:rsidRDefault="005B3EBF" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="E341B5"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="E341B5"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>Fecha límite para embarques del miércoles 16</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D2D5169" w14:textId="61BB216B" w:rsidR="002E46BB" w:rsidRPr="00486600" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E98E7B6" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="00E21261" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21261">
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68029E4A" w14:textId="4E38276F" w:rsidR="005B3EBF" w:rsidRPr="005D326F" w:rsidRDefault="005B3EBF" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2667">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>Fecha límite para embarques del jueves</w:t>
             </w:r>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 17</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AFDFE4C" w14:textId="44812C7E" w:rsidR="002E46BB" w:rsidRPr="00E21261" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D811A7C" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="00F5098C" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F5098C">
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D116088" w14:textId="3842B812" w:rsidR="005B3EBF" w:rsidRPr="007A2667" w:rsidRDefault="005B3EBF" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2667">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>Fecha límite para embarques d</w:t>
             </w:r>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>el viernes 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EB120B7" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E46BB" w14:paraId="7EF51CAA" w14:textId="77777777" w:rsidTr="005D326F">
+      <w:tr w:rsidR="002E46BB" w14:paraId="7EF51CAA" w14:textId="77777777" w:rsidTr="003F27DA">
         <w:trPr>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4115A65B" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="007E27B2" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E27B2">
               <w:rPr>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t xml:space="preserve">13 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="769BDAA1" w14:textId="026F8BE5" w:rsidR="002E46BB" w:rsidRPr="005D326F" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
@@ -1181,172 +1133,254 @@
               <w:rPr>
                 <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:lang w:val="es-GT"/>
               </w:rPr>
               <w:t>el domingo 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46CE9649" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E685924" w14:textId="45530F76" w:rsidR="002E46BB" w:rsidRPr="00480C54" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
               </w:rPr>
-              <w:t>Embarques del martes</w:t>
+              <w:t>Embarques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del martes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0430A621" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="00480C54" w:rsidRDefault="002E46BB" w:rsidP="00B42E21"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5961F0C4" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B5DAC3E" w14:textId="23A10A25" w:rsidR="002E46BB" w:rsidRPr="00480C54" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
-              <w:t>Embarques del miércoles</w:t>
+              <w:t>Embarques</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>miércoles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1164" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63A5AD9F" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6602AA90" w14:textId="2B7DB701" w:rsidR="002E46BB" w:rsidRPr="00480C54" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
               </w:rPr>
-              <w:t>Embarques del jueves</w:t>
+              <w:t>Embarques</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+              </w:rPr>
+              <w:t>jueves</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1226" w:type="dxa"/>
+            <w:tcW w:w="1242" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F56558B" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E1C794E" w14:textId="0F82CF9D" w:rsidR="002E46BB" w:rsidRPr="005D326F" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="4472C4" w:themeColor="accent1"/>
               </w:rPr>
-              <w:t>Embarques del viernes</w:t>
+              <w:t>Embarques</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D326F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D326F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="4472C4" w:themeColor="accent1"/>
+              </w:rPr>
+              <w:t>viernes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1508" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25668DF0" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A5FF98A" w14:textId="75634900" w:rsidR="002E46BB" w:rsidRPr="005D326F" w:rsidRDefault="00E21261" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Embarques del </w:t>
+              <w:t>Embarques</w:t>
             </w:r>
-            <w:r w:rsidR="00724699" w:rsidRPr="005D326F">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D326F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
               </w:rPr>
+              <w:t xml:space="preserve"> del </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00724699" w:rsidRPr="005D326F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
+              </w:rPr>
               <w:t>sábado</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="46083A0F" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="00437E66" w:rsidRDefault="002E46BB" w:rsidP="002E46BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7916EA9C" w14:textId="383FC4E9" w:rsidR="009A3234" w:rsidRPr="0077082E" w:rsidRDefault="00E21261" w:rsidP="009A3234">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1370,72 +1404,99 @@
         <w:t xml:space="preserve"> y recono</w:t>
       </w:r>
       <w:r w:rsidR="00852DA0">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>zco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> lo siguiente</w:t>
       </w:r>
       <w:r w:rsidR="009A3234" w:rsidRPr="0077082E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2116636A" w14:textId="77777777" w:rsidR="0077082E" w:rsidRPr="00EC2D5D" w:rsidRDefault="0077082E" w:rsidP="009A3234">
+    <w:p w14:paraId="2116636A" w14:textId="48A62E2D" w:rsidR="0077082E" w:rsidRPr="00EC2D5D" w:rsidRDefault="0077082E" w:rsidP="2FE16A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC2D5D">
+      <w:r w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>He leído este documento en su totalidad.</w:t>
+        <w:t>He leído este documento en su totalidad</w:t>
+      </w:r>
+      <w:r w:rsidR="38EABBB8" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:rStyle w:val="jlqj4b"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y la información proporcionada es </w:t>
+      </w:r>
+      <w:r w:rsidR="2DED76C2" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:rStyle w:val="jlqj4b"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>verídica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:rStyle w:val="jlqj4b"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F335AC7" w14:textId="46A84174" w:rsidR="009A3234" w:rsidRPr="007E27B2" w:rsidRDefault="0077082E" w:rsidP="0077082E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8718B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve">Al momento en que OCIA reciba una solicitud de COI, la operación certificada </w:t>
       </w:r>
       <w:r w:rsidR="00A8718B" w:rsidRPr="00A8718B">
         <w:rPr>
@@ -1634,109 +1695,142 @@
       <w:r w:rsidRPr="00A8718B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>provocará la negación d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
       <w:r w:rsidR="009A3234" w:rsidRPr="00A8718B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> COI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00249DEB" w14:textId="346C9873" w:rsidR="009A3234" w:rsidRDefault="00A8718B" w:rsidP="009A3234">
+    <w:p w14:paraId="00249DEB" w14:textId="19F3CDEA" w:rsidR="009A3234" w:rsidRPr="003F27DA" w:rsidRDefault="00A8718B" w:rsidP="2FE16A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A8718B">
+      <w:r w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>Después de repetidos casos de denegación de</w:t>
       </w:r>
-      <w:r w:rsidR="00EC479A">
+      <w:r w:rsidR="00EC479A" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A8718B">
-[...15 lines deleted...]
-      <w:r w:rsidR="009A3234" w:rsidRPr="00A8718B">
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COI</w:t>
+      </w:r>
+      <w:r w:rsidR="43A8C860" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o recibir información incorrecta/incompleta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3234" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve">OCIA </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>emitirá un incumplimiento mayor. Esto puede dar lugar a la suspensión de la certificación</w:t>
+      </w:r>
+      <w:r w:rsidR="66E20A55" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y que la carga tenga que ser repr</w:t>
+      </w:r>
+      <w:r w:rsidR="517DE079" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>ogramada</w:t>
+      </w:r>
+      <w:r w:rsidR="5EEE43E9" w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CAE5B0" w14:textId="456F1B55" w:rsidR="009A3234" w:rsidRPr="009C340B" w:rsidRDefault="00EC479A" w:rsidP="009A3234">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C340B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve">Si no he recibido la confirmación de OCIA </w:t>
       </w:r>
       <w:r w:rsidR="009C340B" w:rsidRPr="009C340B">
         <w:rPr>
@@ -1835,155 +1929,245 @@
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Entiendo que los COI deben emitirse antes del envío del producto, no hay excepciones a esto y el producto no puede venderse como "orgánico" en Europa si el COI no es emitido (es decir, firmado) por OCIA antes del envío.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BDC5F8" w14:textId="399E6FC5" w:rsidR="00F86CAC" w:rsidRDefault="00F86CAC" w:rsidP="009A3234">
+    <w:p w14:paraId="73BDC5F8" w14:textId="399E6FC5" w:rsidR="00F86CAC" w:rsidRDefault="00F86CAC" w:rsidP="2FE16A9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Doy fe que todos los productos se manipulan de acuerdo con las regulaciones/estándares que aplican y el incumplimiento de los requisitos de su cumplimiento puede dar lugar a incumplimientos y denegaciones de COIs.</w:t>
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doy fe que todos los productos se manipulan de acuerdo con las regulaciones/estándares que aplican y el incumplimiento de los requisitos de su cumplimiento puede dar lugar a incumplimientos y denegaciones de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>COIs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2FE16A9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F3BFE3" w14:textId="13477F3F" w:rsidR="00F86CAC" w:rsidRDefault="00F86CAC" w:rsidP="00F86CAC">
-[...18 lines deleted...]
-    <w:p w14:paraId="60FC452D" w14:textId="7A32854E" w:rsidR="00F86CAC" w:rsidRPr="00EC2D5D" w:rsidRDefault="00F86CAC" w:rsidP="00F86CAC">
+    <w:p w14:paraId="55F3BFE3" w14:textId="52078FA8" w:rsidR="00F86CAC" w:rsidRPr="003F27DA" w:rsidRDefault="00F86CAC" w:rsidP="003F27DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00974995">
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doy fe que los envíos a granel empacados en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>supersacos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o similares fueron </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>reempacados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por una operación orgánica certificada</w:t>
+      </w:r>
+      <w:r w:rsidR="173D88D5" w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para los programas de</w:t>
+      </w:r>
+      <w:r w:rsidR="3A7830A8" w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Unión Europea/Reino Unido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y proporcionaré la documentación de certificación con la solicitud del COI. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FC452D" w14:textId="7F2700FE" w:rsidR="00F86CAC" w:rsidRPr="00EC2D5D" w:rsidRDefault="00643AAF" w:rsidP="2FE16A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00643AAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
-        <w:t>Solo para las operaciones establecidas en Perú</w:t>
-[...17 lines deleted...]
-      <w:r>
+        <w:t>Para las operaciones que están sujetas a controles adicionales en virtud de la legislación de la UE.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86CAC" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve">: Doy fe que notificaré a OCIA al menos dos semanas antes del envío a UE para que </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidR="00F86CAC" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>OCIA</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="00F86CAC" w:rsidRPr="2FE16A9B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueda determinar si se tomarán muestras del envío. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1571904A" w14:textId="2ED85231" w:rsidR="366B71DC" w:rsidRPr="003F27DA" w:rsidRDefault="366B71DC" w:rsidP="2FE16A9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F27DA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t>Las etiquetas, páginas de Internet, certificados de inspección y plan de sistema orgánicos son revisados específicamente para los programas para los que se solicita certificación. La revisión no incluyó la verificación de esta documentación para cumplimiento con otros esquemas de certificación y cualquier aprobación no se extiende a cualquier otro programa adicional a los de su solicitud de certificación con OCIA. El mal uso de esta terminología de mercadotecnia podría llevar a la pérdida de ingresos, denegación de entrada en puerto, amonestaciones, problemas de cumplimiento con otros esquemas, reasignación a calidad menor y otros costos desconocidos para los que OCIA no puede hacerse responsable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6CAA31" w14:textId="2BE990E7" w:rsidR="007474F9" w:rsidRDefault="00EC2D5D" w:rsidP="004E1D8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5490"/>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconozco con mi firma que he leído y comprendido </w:t>
       </w:r>
       <w:r>
@@ -2424,59 +2608,71 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004A0A8C" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rep legal de la operación </w:t>
+        <w:t>Rep</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A0A8C" w:rsidRPr="00EC2D5D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legal de la operación </w:t>
       </w:r>
       <w:r w:rsidR="008467B8" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EC2D5D" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>nombre</w:t>
       </w:r>
       <w:r w:rsidR="008467B8" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2852,58 +3048,60 @@
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>Cargo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -3171,60 +3369,69 @@
         <w:t>pañía</w:t>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
         <w:t>Comp</w:t>
       </w:r>
       <w:r w:rsidR="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>añía</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A57EDB" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="00EC2D5D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
@@ -3665,50 +3872,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="63D49E70" w14:textId="6641546F" w:rsidR="00BA6C71" w:rsidRPr="001E2B3A" w:rsidRDefault="00A2107E" w:rsidP="001E2B3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="right" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5490"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
@@ -4315,58 +4523,60 @@
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>Cargo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -4626,60 +4836,69 @@
         <w:t>ñía</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E2B3A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="es-GT"/>
+        </w:rPr>
         <w:t>Compa</w:t>
       </w:r>
       <w:r w:rsidR="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>ñía</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:tab/>
@@ -5732,215 +5951,208 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>M/D/Y</w:t>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="001E2B3A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D62D3F" w:rsidRPr="001E2B3A">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="621CD49D" w14:textId="77777777" w:rsidR="00DD0CC9" w:rsidRDefault="00DD0CC9" w:rsidP="009B6396">
+    <w:p w14:paraId="48AAF28B" w14:textId="77777777" w:rsidR="00574A10" w:rsidRDefault="00574A10" w:rsidP="009B6396">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B27B2E8" w14:textId="77777777" w:rsidR="00DD0CC9" w:rsidRDefault="00DD0CC9" w:rsidP="009B6396">
+    <w:p w14:paraId="488D1B96" w14:textId="77777777" w:rsidR="00574A10" w:rsidRDefault="00574A10" w:rsidP="009B6396">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4AB9230B" w14:textId="77777777" w:rsidR="00A478E4" w:rsidRDefault="00A478E4">
-[...9 lines deleted...]
-  <w:p w14:paraId="4D08CE16" w14:textId="132F3AF5" w:rsidR="009B6396" w:rsidRPr="009A5B4C" w:rsidRDefault="009B6396" w:rsidP="009B6396">
+  <w:p w14:paraId="4D08CE16" w14:textId="70D91F89" w:rsidR="009B6396" w:rsidRPr="009A5B4C" w:rsidRDefault="009B6396" w:rsidP="009B6396">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>NQ-F-081</w:t>
     </w:r>
     <w:r w:rsidR="00934AC7">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, Rev. </w:t>
     </w:r>
-    <w:r w:rsidR="00C16785">
+    <w:r w:rsidR="00091B28">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="00C16785">
+    <w:r w:rsidR="00DC0A24">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00BA6A2F">
+    <w:r w:rsidR="00DC0A24">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...6 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00C16785">
+    <w:r w:rsidR="00DC0A24">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>07</w:t>
+      <w:t>06</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
@@ -6002,191 +6214,151 @@
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="65D700B3" w14:textId="15F58E2A" w:rsidR="009B6396" w:rsidRPr="009A5B4C" w:rsidRDefault="009B6396" w:rsidP="009B6396">
+  <w:p w14:paraId="65D700B3" w14:textId="549BB757" w:rsidR="009B6396" w:rsidRPr="009A5B4C" w:rsidRDefault="009B6396" w:rsidP="009B6396">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4968"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Language</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Spanish</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>© 20</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00C16785">
+    <w:r w:rsidR="00DC0A24">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> by OCIA International, Inc.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="765011FB" w14:textId="77777777" w:rsidR="009B6396" w:rsidRDefault="009B6396">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="256B9062" w14:textId="77777777" w:rsidR="00DD0CC9" w:rsidRDefault="00DD0CC9" w:rsidP="009B6396">
+    <w:p w14:paraId="1A16456E" w14:textId="77777777" w:rsidR="00574A10" w:rsidRDefault="00574A10" w:rsidP="009B6396">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="446F5EC7" w14:textId="77777777" w:rsidR="00DD0CC9" w:rsidRDefault="00DD0CC9" w:rsidP="009B6396">
+    <w:p w14:paraId="35D0644D" w14:textId="77777777" w:rsidR="00574A10" w:rsidRDefault="00574A10" w:rsidP="009B6396">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C54361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0CA0BCF8"/>
+    <w:tmpl w:val="446649E0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6330,158 +6502,192 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="556867308">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="677343628">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gx99NOXOpemfwfbP5bXX6gE9oQfPXRD3VLjVXvn2r8uHNq5tpLePlgzYRi+PGSsBdBknlXkXqUI7yz3AJbkHtQ==" w:salt="0993Psadb83oyVE07SfabA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="o33jO0YrWBXdGaS51OFNxySHi+xuNnze8FzTBDEo76xR4zSnVI3nbxny1Ky9hgL1mQNsZw0dr7dR1eEmSqhCEQ==" w:salt="Kc1NYjS5/1URzAq3pXW0rQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D2360B"/>
     <w:rsid w:val="00086531"/>
+    <w:rsid w:val="00091B28"/>
     <w:rsid w:val="001E2B3A"/>
     <w:rsid w:val="0024079C"/>
     <w:rsid w:val="002615B0"/>
     <w:rsid w:val="002E46BB"/>
     <w:rsid w:val="00311F1B"/>
     <w:rsid w:val="003740B4"/>
+    <w:rsid w:val="003F27DA"/>
     <w:rsid w:val="003F5358"/>
     <w:rsid w:val="004126AB"/>
+    <w:rsid w:val="00453ECB"/>
     <w:rsid w:val="00465698"/>
     <w:rsid w:val="00486600"/>
     <w:rsid w:val="004A0A8C"/>
     <w:rsid w:val="004E1D8C"/>
     <w:rsid w:val="004E613A"/>
     <w:rsid w:val="00505DE5"/>
+    <w:rsid w:val="00574A10"/>
     <w:rsid w:val="005A61E3"/>
     <w:rsid w:val="005B3EBF"/>
     <w:rsid w:val="005D326F"/>
+    <w:rsid w:val="00643AAF"/>
     <w:rsid w:val="006632C3"/>
     <w:rsid w:val="0068333B"/>
     <w:rsid w:val="006A23DF"/>
     <w:rsid w:val="006F179B"/>
     <w:rsid w:val="00723AFE"/>
     <w:rsid w:val="00724699"/>
     <w:rsid w:val="007474F9"/>
     <w:rsid w:val="0077082E"/>
     <w:rsid w:val="007A2667"/>
     <w:rsid w:val="007D7752"/>
     <w:rsid w:val="007E27B2"/>
     <w:rsid w:val="00813241"/>
+    <w:rsid w:val="008218CD"/>
     <w:rsid w:val="00825427"/>
     <w:rsid w:val="008467B8"/>
     <w:rsid w:val="00852DA0"/>
     <w:rsid w:val="0088277C"/>
     <w:rsid w:val="008E03BD"/>
     <w:rsid w:val="0090052C"/>
     <w:rsid w:val="00934AC7"/>
     <w:rsid w:val="00974995"/>
     <w:rsid w:val="009A3234"/>
     <w:rsid w:val="009B6396"/>
     <w:rsid w:val="009C340B"/>
     <w:rsid w:val="009C4757"/>
     <w:rsid w:val="009D2E97"/>
     <w:rsid w:val="00A2107E"/>
     <w:rsid w:val="00A478E4"/>
     <w:rsid w:val="00A57EDB"/>
     <w:rsid w:val="00A86F29"/>
     <w:rsid w:val="00A8718B"/>
     <w:rsid w:val="00AC1158"/>
     <w:rsid w:val="00BA6A2F"/>
     <w:rsid w:val="00BA6C71"/>
     <w:rsid w:val="00C16785"/>
     <w:rsid w:val="00D2360B"/>
     <w:rsid w:val="00D30FA1"/>
     <w:rsid w:val="00D35B96"/>
     <w:rsid w:val="00D62D3F"/>
     <w:rsid w:val="00DA24D4"/>
+    <w:rsid w:val="00DC0A24"/>
     <w:rsid w:val="00DD0512"/>
     <w:rsid w:val="00DD0CC9"/>
     <w:rsid w:val="00E20E39"/>
     <w:rsid w:val="00E21261"/>
     <w:rsid w:val="00E63F66"/>
     <w:rsid w:val="00EC2D5D"/>
     <w:rsid w:val="00EC479A"/>
     <w:rsid w:val="00EE308B"/>
     <w:rsid w:val="00F5098C"/>
     <w:rsid w:val="00F5654E"/>
     <w:rsid w:val="00F80ACE"/>
     <w:rsid w:val="00F86CAC"/>
     <w:rsid w:val="00FA09E2"/>
     <w:rsid w:val="00FA7A8F"/>
+    <w:rsid w:val="01BA33E1"/>
+    <w:rsid w:val="05CC513F"/>
+    <w:rsid w:val="0B837CB9"/>
+    <w:rsid w:val="0FF69DA6"/>
+    <w:rsid w:val="108311B6"/>
+    <w:rsid w:val="1194D709"/>
+    <w:rsid w:val="173D88D5"/>
+    <w:rsid w:val="1BB672CD"/>
+    <w:rsid w:val="21F776BC"/>
+    <w:rsid w:val="2AFB0AB7"/>
+    <w:rsid w:val="2CB0931C"/>
+    <w:rsid w:val="2DED76C2"/>
+    <w:rsid w:val="2E8BE29C"/>
+    <w:rsid w:val="2FE16A9B"/>
+    <w:rsid w:val="32C7F38D"/>
+    <w:rsid w:val="366B71DC"/>
+    <w:rsid w:val="38EABBB8"/>
+    <w:rsid w:val="3A7830A8"/>
+    <w:rsid w:val="43A8C860"/>
+    <w:rsid w:val="489BD91C"/>
+    <w:rsid w:val="4A3102D3"/>
+    <w:rsid w:val="4A454676"/>
+    <w:rsid w:val="517DE079"/>
+    <w:rsid w:val="5EEE43E9"/>
+    <w:rsid w:val="605EE66E"/>
+    <w:rsid w:val="631633F6"/>
+    <w:rsid w:val="66E20A55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="184AA198"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D05451B1-9EDE-45BF-BC15-BE8B3B2B9C60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -7076,56 +7282,57 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="009B6396"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00086531"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7400,76 +7607,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A43930C2-5825-479D-BA35-AD154B7278C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>702</Words>
-  <Characters>4006</Characters>
+  <Words>838</Words>
+  <Characters>4782</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4699</CharactersWithSpaces>
+  <CharactersWithSpaces>5609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cindy Elder</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>