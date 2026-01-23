--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -1,89 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="377B4351" w14:textId="01850575" w:rsidR="0024079C" w:rsidRPr="002615B0" w:rsidRDefault="00FA09E2" w:rsidP="002615B0">
+    <w:p w14:paraId="377B4351" w14:textId="16807363" w:rsidR="0024079C" w:rsidRPr="002615B0" w:rsidRDefault="00FA09E2" w:rsidP="002615B0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">OCIA </w:t>
       </w:r>
       <w:r w:rsidR="002615B0" w:rsidRPr="002615B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5FED">
+      <w:r w:rsidR="00724414">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D62D3F" w:rsidRPr="002615B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Certificate of Inspection </w:t>
       </w:r>
       <w:r w:rsidR="002615B0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -403,73 +408,59 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9625" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1078"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="1292"/>
         <w:gridCol w:w="1888"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="002E46BB" w14:paraId="04A26FC3" w14:textId="77777777" w:rsidTr="007C6D4E">
         <w:trPr>
           <w:trHeight w:val="202"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9625" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="44A83913" w14:textId="72696173" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
+          <w:p w14:paraId="44A83913" w14:textId="5ABC681D" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk79731163"/>
-            <w:r w:rsidRPr="009B67C0">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C32EA" w14:paraId="21985F49" w14:textId="77777777" w:rsidTr="005C32EA">
         <w:trPr>
           <w:trHeight w:val="202"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A647DB" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="009B67C0" w:rsidRDefault="002E46BB" w:rsidP="00B42E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B67C0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SUN</w:t>
@@ -1231,82 +1222,96 @@
     <w:p w14:paraId="46083A0F" w14:textId="77777777" w:rsidR="002E46BB" w:rsidRPr="00437E66" w:rsidRDefault="002E46BB" w:rsidP="002E46BB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7916EA9C" w14:textId="77777777" w:rsidR="009A3234" w:rsidRDefault="009A3234" w:rsidP="009A3234">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>By signing this document, you agree to and acknowledge the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635BDDDD" w14:textId="08DEC71E" w:rsidR="009D2E97" w:rsidRDefault="009D2E97" w:rsidP="009A3234">
+    <w:p w14:paraId="635BDDDD" w14:textId="59C17129" w:rsidR="009D2E97" w:rsidRDefault="009D2E97" w:rsidP="009A3234">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">I have read this document in </w:t>
       </w:r>
       <w:r w:rsidR="006632C3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> entirety.</w:t>
+        <w:t xml:space="preserve"> entirety</w:t>
+      </w:r>
+      <w:r w:rsidR="00724414">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, and the information provided is true</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F335AC7" w14:textId="46D2509E" w:rsidR="009A3234" w:rsidRDefault="009A3234" w:rsidP="009A3234">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">At the time a request for a COI is received by OCIA, </w:t>
       </w:r>
       <w:r w:rsidR="006632C3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -1458,68 +1463,96 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009A3234">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and #</w:t>
       </w:r>
       <w:r w:rsidR="0000459D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="009A3234" w:rsidRPr="004E1D8C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>will lead to denial of the COI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00249DEB" w14:textId="77777777" w:rsidR="009A3234" w:rsidRDefault="009A3234" w:rsidP="009A3234">
+    <w:p w14:paraId="00249DEB" w14:textId="5626113A" w:rsidR="009A3234" w:rsidRDefault="009A3234" w:rsidP="009A3234">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>After repeated instances of COI denial, OCIA will issue a major noncompliance. This may lead to suspension of the certification.</w:t>
+        <w:t>After repeated instances of COI denial</w:t>
+      </w:r>
+      <w:r w:rsidR="00724414">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or receiving incorrect/incomplete information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, OCIA will issue a major noncompliance. This may lead to suspension of the certification</w:t>
+      </w:r>
+      <w:r w:rsidR="00724414">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and that the shipment must be reprogrammed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CAE5B0" w14:textId="073BCA24" w:rsidR="009A3234" w:rsidRPr="009A3234" w:rsidRDefault="00F80ACE" w:rsidP="009A3234">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="002E46BB">
         <w:rPr>
           <w:i/>
@@ -1708,112 +1741,169 @@
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">I attest that all </w:t>
       </w:r>
       <w:r w:rsidR="00C604E8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>products are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> handled according to the applicable regulations/standards and failure to adhere to compliance requirements may lead to noncompliances and denials of COIs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DB8382" w14:textId="77777777" w:rsidR="00C604E8" w:rsidRDefault="00871010" w:rsidP="00C604E8">
-[...15 lines deleted...]
-    <w:p w14:paraId="7680D6BF" w14:textId="672F0E8D" w:rsidR="00C604E8" w:rsidRDefault="00871010" w:rsidP="007C6D4E">
+    <w:p w14:paraId="32DB8382" w14:textId="67007A50" w:rsidR="00C604E8" w:rsidRPr="00E20D9B" w:rsidRDefault="00871010" w:rsidP="00E20D9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C6D4E">
+      <w:r w:rsidRPr="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I attest that bulk shipments packed into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>supersacs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or similar were repacked by a</w:t>
+      </w:r>
+      <w:r w:rsidR="00724414">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>n operation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> certified </w:t>
+      </w:r>
+      <w:r w:rsidR="00724414">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the EU/UK programs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>and will supply certification documentation with the COI request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7680D6BF" w14:textId="6883DB99" w:rsidR="00C604E8" w:rsidRDefault="001A3F5B" w:rsidP="007C6D4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Only for Peruvian operations selling </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>For operations who are subject to additional controls under the EU</w:t>
+      </w:r>
+      <w:r w:rsidR="00871010" w:rsidRPr="007C6D4E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: I attest that I will notify OCIA at least two weeks prior to shipping to the EU so OCIA can determine if they will sample the consignment</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20D9B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4246F183" w14:textId="64601361" w:rsidR="00F14C2E" w:rsidRDefault="00F14C2E" w:rsidP="007C6D4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14C2E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Labels, websites, inspection certificates, and organic system plans are reviewed specifically for the programs for which certification is being sought. The review did not include verification of this documentation for compliance with other certification schemes, and any approval does not extend to any programs beyond those included in your OCIA certification application. Misuse of this marketing terminology could lead to lost revenue, denied port entry, warnings, compliance issues with other schemes, reassignment to a lower quality standard, and other unknown costs for which OCIA cannot be held liable.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D6CAA31" w14:textId="16121AB5" w:rsidR="007474F9" w:rsidRPr="007C6D4E" w:rsidRDefault="007474F9" w:rsidP="007C6D4E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6D4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">I acknowledge with my signature that I have read and understand the COI guidelines and understand that any failure </w:t>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="007C6D4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6D4E">
         <w:rPr>
@@ -4124,50 +4214,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>Company</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5027,51 +5118,56 @@
       <w:r w:rsidR="00BA6C71" w:rsidRPr="00BA6C71">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date (</w:t>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="00BA6C71">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>M/D/Y</w:t>
       </w:r>
       <w:r w:rsidR="00BA6C71" w:rsidRPr="00BA6C71">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D62D3F">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AFCB4FF" w14:textId="77777777" w:rsidR="00F359C5" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0775E987" w14:textId="77777777" w:rsidR="00F359C5" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5085,142 +5181,160 @@
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3A0E4409" w14:textId="680CB96F" w:rsidR="00F359C5" w:rsidRPr="009A5B4C" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
+  <w:p w14:paraId="084A8912" w14:textId="77777777" w:rsidR="00594980" w:rsidRDefault="00594980">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3A0E4409" w14:textId="767EADF1" w:rsidR="00F359C5" w:rsidRPr="009A5B4C" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>NQ-F-081</w:t>
     </w:r>
     <w:r w:rsidR="008D5A2E">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, Rev. </w:t>
     </w:r>
-    <w:r w:rsidR="00DB5FED">
+    <w:r w:rsidR="00034B48">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="00454231">
+    <w:r w:rsidR="00594980">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00454231">
+    <w:r w:rsidR="00594980">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...6 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00454231">
+    <w:r w:rsidR="00594980">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>07</w:t>
+      <w:t>06</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
@@ -5282,151 +5396,191 @@
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5054CFCE" w14:textId="4B32B775" w:rsidR="00F359C5" w:rsidRPr="009A5B4C" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
+  <w:p w14:paraId="5054CFCE" w14:textId="74E3F6E6" w:rsidR="00F359C5" w:rsidRPr="009A5B4C" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4968"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Language</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>English</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>© 20</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00454231">
+    <w:r w:rsidR="00594980">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="009A5B4C">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> by OCIA International, Inc.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="501AC7DA" w14:textId="77777777" w:rsidR="00F359C5" w:rsidRDefault="00F359C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4317DDCC" w14:textId="77777777" w:rsidR="00594980" w:rsidRDefault="00594980">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79B66A64" w14:textId="77777777" w:rsidR="00F359C5" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="103E16CF" w14:textId="77777777" w:rsidR="00F359C5" w:rsidRDefault="00F359C5" w:rsidP="00F359C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2353F96C" w14:textId="77777777" w:rsidR="00594980" w:rsidRDefault="00594980">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="423A842D" w14:textId="77777777" w:rsidR="00594980" w:rsidRDefault="00594980">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7AF258EC" w14:textId="77777777" w:rsidR="00594980" w:rsidRDefault="00594980">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C54361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0CA0BCF8"/>
+    <w:tmpl w:val="39DACB2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5570,130 +5724,137 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2089813525">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1557162437">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="L9Y4W+6dmBf344/388qKWxth1WRxhk1+79RY66/vb4Zqf9RSQ4BZsPPQLGVYAzpx0mWOr1i2OvBtCZZYuL/xoQ==" w:salt="54jVmpHXUQQs+b9v7JOCOA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UXrgllIqCQGyRNxeOSHs/ACv9jvDqgcB9nDmQGnoeOq1Z96yLA/d9YyaXdwWZC9jwej481HVH++oY96MY8fGMQ==" w:salt="vgClPYNIGYKQ9KBRMO06Rg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D2360B"/>
     <w:rsid w:val="0000459D"/>
+    <w:rsid w:val="00034B48"/>
     <w:rsid w:val="0006115D"/>
     <w:rsid w:val="001631E1"/>
+    <w:rsid w:val="001A3F5B"/>
     <w:rsid w:val="001E4DAE"/>
     <w:rsid w:val="0024079C"/>
     <w:rsid w:val="002615B0"/>
     <w:rsid w:val="00295E0F"/>
     <w:rsid w:val="002E46BB"/>
     <w:rsid w:val="00311F1B"/>
     <w:rsid w:val="00332224"/>
     <w:rsid w:val="00454231"/>
     <w:rsid w:val="004E1D8C"/>
+    <w:rsid w:val="00594980"/>
     <w:rsid w:val="005C32EA"/>
     <w:rsid w:val="00627E21"/>
     <w:rsid w:val="006632C3"/>
     <w:rsid w:val="006A23DF"/>
     <w:rsid w:val="00712AD7"/>
+    <w:rsid w:val="00724414"/>
     <w:rsid w:val="00741947"/>
     <w:rsid w:val="007474F9"/>
     <w:rsid w:val="007C6D4E"/>
     <w:rsid w:val="00824C6C"/>
+    <w:rsid w:val="00841208"/>
     <w:rsid w:val="008467B8"/>
     <w:rsid w:val="00871010"/>
     <w:rsid w:val="00887B89"/>
     <w:rsid w:val="008D5A2E"/>
     <w:rsid w:val="009A3234"/>
     <w:rsid w:val="009C4757"/>
     <w:rsid w:val="009D2E97"/>
     <w:rsid w:val="00A2107E"/>
     <w:rsid w:val="00A25D3D"/>
     <w:rsid w:val="00A57EDB"/>
     <w:rsid w:val="00BA6C71"/>
     <w:rsid w:val="00BD5455"/>
     <w:rsid w:val="00C604E8"/>
     <w:rsid w:val="00D2360B"/>
     <w:rsid w:val="00D62D3F"/>
     <w:rsid w:val="00D6368A"/>
     <w:rsid w:val="00DB5FED"/>
+    <w:rsid w:val="00E20D9B"/>
     <w:rsid w:val="00E51F9F"/>
+    <w:rsid w:val="00F14C2E"/>
     <w:rsid w:val="00F359C5"/>
     <w:rsid w:val="00F80ACE"/>
     <w:rsid w:val="00F97777"/>
     <w:rsid w:val="00FA09E2"/>
     <w:rsid w:val="00FA7A8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="184AA198"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D05451B1-9EDE-45BF-BC15-BE8B3B2B9C60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -6150,67 +6311,65 @@
     <w:rsid w:val="00BA6C71"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA09E2"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA09E2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00FA09E2"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA09E2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -6284,51 +6443,51 @@
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F359C5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D5A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6602,70 +6761,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A43930C2-5825-479D-BA35-AD154B7278C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3651</Characters>
+  <Pages>3</Pages>
+  <Words>755</Words>
+  <Characters>4304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4283</CharactersWithSpaces>
+  <CharactersWithSpaces>5049</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cindy Elder</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>